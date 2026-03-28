--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -22,57 +22,67 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr codeName="EstaPasta_de_trabalho" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\User\htdocs\cmJaparatinga\duodecimos\duodecimo-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="240" yWindow="72" windowWidth="20112" windowHeight="7992"/>
   </bookViews>
   <sheets>
     <sheet name="Plan1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="J22" i="1" l="1"/>
+  <c r="J21" i="1"/>
+  <c r="J20" i="1"/>
+  <c r="J19" i="1"/>
+  <c r="J18" i="1"/>
+  <c r="J17" i="1"/>
+  <c r="J16" i="1"/>
+  <c r="J15" i="1"/>
+  <c r="J14" i="1"/>
+  <c r="J13" i="1"/>
+  <c r="J12" i="1"/>
+  <c r="J11" i="1"/>
   <c r="C23" i="1" l="1"/>
   <c r="E23" i="1"/>
   <c r="G23" i="1"/>
   <c r="I23" i="1"/>
-  <c r="J22" i="1"/>
   <c r="J10" i="1" l="1"/>
-  <c r="J21" i="1" l="1"/>
   <c r="J23" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <author>Pc</author>
   </authors>
   <commentList>
     <comment ref="A1" authorId="0" shapeId="0">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Endereços para download dos arquivos : 
 CSV=/transparencia/repasse-do-duodecimo/duodecimo-ano-2026/duodecimo-2026.csv/at_download/file;
 XLS=/transparencia/repasse-do-duodecimo/duodecimo-ano-2026/duodecimo-2026.xlsx/at_download/file;
 PDF=/transparencia/repasse-do-duodecimo/duodecimo-ano-2026/duodecimo-2026.pdf/at_download/file;
 </t>
@@ -800,51 +810,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Duodecimo_2018"/>
   <dimension ref="A1:L23"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="G16" sqref="G16"/>
+      <selection activeCell="N16" sqref="N16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20.77734375" customWidth="1"/>
     <col min="2" max="2" width="11.6640625" style="5" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" style="4" customWidth="1"/>
     <col min="4" max="4" width="11.6640625" style="5" customWidth="1"/>
     <col min="5" max="5" width="12.6640625" style="4" customWidth="1"/>
     <col min="6" max="6" width="11.6640625" style="5" customWidth="1"/>
     <col min="7" max="7" width="12.6640625" style="4" customWidth="1"/>
     <col min="8" max="8" width="11.6640625" style="5" customWidth="1"/>
     <col min="9" max="9" width="12.6640625" style="4" customWidth="1"/>
     <col min="10" max="10" width="16" customWidth="1"/>
     <col min="12" max="12" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:12" ht="18" x14ac:dyDescent="0.3">
       <c r="B2" s="6"/>
     </row>
     <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.3">
       <c r="B3" s="6"/>
     </row>
     <row r="4" spans="1:12" ht="18" x14ac:dyDescent="0.3">
@@ -890,249 +900,287 @@
     <row r="10" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="17">
         <v>46042</v>
       </c>
       <c r="C10" s="18">
         <v>272582.18</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="18"/>
       <c r="F10" s="20"/>
       <c r="G10" s="18"/>
       <c r="H10" s="20"/>
       <c r="I10" s="18"/>
       <c r="J10" s="16">
         <f>C10+E10+G10+I10</f>
         <v>272582.18</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="B11" s="21"/>
-[...2 lines deleted...]
-      <c r="E11" s="23"/>
+      <c r="B11" s="21">
+        <v>46062</v>
+      </c>
+      <c r="C11" s="23">
+        <v>100000</v>
+      </c>
+      <c r="D11" s="21">
+        <v>46073</v>
+      </c>
+      <c r="E11" s="23">
+        <v>172582.18</v>
+      </c>
       <c r="F11" s="21"/>
       <c r="G11" s="22"/>
       <c r="H11" s="24"/>
       <c r="I11" s="22"/>
-      <c r="J11" s="15"/>
+      <c r="J11" s="15">
+        <f>C11+E11+G11+I11</f>
+        <v>272582.18</v>
+      </c>
     </row>
     <row r="12" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="12" t="s">
         <v>4</v>
       </c>
       <c r="B12" s="19"/>
       <c r="C12" s="18"/>
       <c r="D12" s="19"/>
       <c r="E12" s="18"/>
       <c r="F12" s="20"/>
       <c r="G12" s="18"/>
       <c r="H12" s="20"/>
       <c r="I12" s="18"/>
-      <c r="J12" s="16"/>
+      <c r="J12" s="16">
+        <f>C12+E12+G12+I12</f>
+        <v>0</v>
+      </c>
       <c r="L12" s="1"/>
     </row>
     <row r="13" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B13" s="21"/>
       <c r="C13" s="23"/>
       <c r="D13" s="25"/>
       <c r="E13" s="22"/>
       <c r="F13" s="25"/>
       <c r="G13" s="22"/>
       <c r="H13" s="24"/>
       <c r="I13" s="22"/>
-      <c r="J13" s="15"/>
+      <c r="J13" s="15">
+        <f t="shared" ref="J13:J22" si="0">C13+E13+G13+I13</f>
+        <v>0</v>
+      </c>
       <c r="L13" s="1"/>
     </row>
     <row r="14" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="18"/>
       <c r="D14" s="19"/>
       <c r="E14" s="18"/>
       <c r="F14" s="20"/>
       <c r="G14" s="18"/>
       <c r="H14" s="20"/>
       <c r="I14" s="18"/>
-      <c r="J14" s="16"/>
+      <c r="J14" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
       <c r="L14" s="1"/>
     </row>
     <row r="15" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="21"/>
       <c r="C15" s="22"/>
       <c r="D15" s="21"/>
       <c r="E15" s="23"/>
       <c r="F15" s="21"/>
       <c r="G15" s="22"/>
       <c r="H15" s="24"/>
       <c r="I15" s="22"/>
-      <c r="J15" s="15"/>
+      <c r="J15" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
       <c r="L15" s="1"/>
     </row>
     <row r="16" spans="1:12" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="19"/>
       <c r="C16" s="18"/>
       <c r="D16" s="19"/>
       <c r="E16" s="18"/>
       <c r="F16" s="20"/>
       <c r="G16" s="18"/>
       <c r="H16" s="20"/>
       <c r="I16" s="18"/>
-      <c r="J16" s="16"/>
+      <c r="J16" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="17" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="13" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="24"/>
       <c r="C17" s="22"/>
       <c r="D17" s="24"/>
       <c r="E17" s="22"/>
       <c r="F17" s="24"/>
       <c r="G17" s="22"/>
       <c r="H17" s="24"/>
       <c r="I17" s="22"/>
-      <c r="J17" s="15"/>
+      <c r="J17" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="18" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="19"/>
       <c r="C18" s="18"/>
       <c r="D18" s="19"/>
       <c r="E18" s="18"/>
       <c r="F18" s="18"/>
       <c r="G18" s="18"/>
       <c r="H18" s="20"/>
       <c r="I18" s="18"/>
-      <c r="J18" s="16"/>
+      <c r="J18" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="19" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="24"/>
       <c r="C19" s="22"/>
       <c r="D19" s="25"/>
       <c r="E19" s="22"/>
       <c r="F19" s="24"/>
       <c r="G19" s="22"/>
       <c r="H19" s="24"/>
       <c r="I19" s="22"/>
-      <c r="J19" s="15"/>
+      <c r="J19" s="15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="20" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="26"/>
       <c r="C20" s="27"/>
       <c r="D20" s="26"/>
       <c r="E20" s="27"/>
       <c r="F20" s="20"/>
       <c r="G20" s="18"/>
       <c r="H20" s="20"/>
       <c r="I20" s="18"/>
-      <c r="J20" s="16"/>
+      <c r="J20" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
     </row>
     <row r="21" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="25"/>
       <c r="C21" s="22"/>
       <c r="D21" s="24"/>
       <c r="E21" s="22"/>
       <c r="F21" s="24"/>
       <c r="G21" s="22"/>
       <c r="H21" s="24"/>
       <c r="I21" s="22"/>
       <c r="J21" s="15">
-        <f t="shared" ref="J11:J21" si="0">C21+E21+G21+I21</f>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="14"/>
       <c r="B22" s="26"/>
       <c r="C22" s="27"/>
       <c r="D22" s="26"/>
       <c r="E22" s="27"/>
       <c r="F22" s="20"/>
       <c r="G22" s="18"/>
       <c r="H22" s="20"/>
       <c r="I22" s="18"/>
       <c r="J22" s="16">
-        <f t="shared" ref="J22" si="1">C22+E22+G22+I22</f>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" s="11" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A23" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="22">
         <f>SUM(C10:C21)</f>
-        <v>272582.18</v>
+        <v>372582.18</v>
       </c>
       <c r="D23" s="10"/>
       <c r="E23" s="15">
         <f>SUM(E10:E21)</f>
-        <v>0</v>
+        <v>172582.18</v>
       </c>
       <c r="F23" s="10"/>
       <c r="G23" s="15">
         <f>SUM(G10:G21)</f>
         <v>0</v>
       </c>
       <c r="H23" s="10"/>
       <c r="I23" s="15">
         <f>SUM(I10:I21)</f>
         <v>0</v>
       </c>
       <c r="J23" s="15">
         <f>SUM(J10:J21)</f>
-        <v>272582.18</v>
+        <v>545164.36</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>