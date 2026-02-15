--- v0 (2026-01-01)
+++ v1 (2026-02-15)
@@ -810,51 +810,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="Duodecimo_2018"/>
   <dimension ref="A1:L23"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="B20" sqref="B20:E20"/>
+      <selection activeCell="J23" sqref="J23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20.77734375" customWidth="1"/>
     <col min="2" max="2" width="11.6640625" style="5" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" style="4" customWidth="1"/>
     <col min="4" max="4" width="11.6640625" style="5" customWidth="1"/>
     <col min="5" max="5" width="12.6640625" style="4" customWidth="1"/>
     <col min="6" max="6" width="11.6640625" style="5" customWidth="1"/>
     <col min="7" max="7" width="12.6640625" style="4" customWidth="1"/>
     <col min="8" max="8" width="11.6640625" style="5" customWidth="1"/>
     <col min="9" max="9" width="12.6640625" style="4" customWidth="1"/>
     <col min="10" max="10" width="16" customWidth="1"/>
     <col min="12" max="12" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:12" ht="18" x14ac:dyDescent="0.3">
       <c r="B2" s="6"/>
     </row>
     <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.3">
       <c r="B3" s="6"/>
     </row>
     <row r="4" spans="1:12" ht="18" x14ac:dyDescent="0.3">
@@ -1130,105 +1130,109 @@
       <c r="B20" s="26">
         <v>45972</v>
       </c>
       <c r="C20" s="27">
         <v>12140.94</v>
       </c>
       <c r="D20" s="26">
         <v>45979</v>
       </c>
       <c r="E20" s="27">
         <v>241273.55</v>
       </c>
       <c r="F20" s="20"/>
       <c r="G20" s="18"/>
       <c r="H20" s="20"/>
       <c r="I20" s="18"/>
       <c r="J20" s="16">
         <f t="shared" si="0"/>
         <v>253414.49</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="B21" s="25"/>
-      <c r="C21" s="22"/>
+      <c r="B21" s="24">
+        <v>46009</v>
+      </c>
+      <c r="C21" s="22">
+        <v>241273.55</v>
+      </c>
       <c r="D21" s="24"/>
       <c r="E21" s="22"/>
       <c r="F21" s="24"/>
       <c r="G21" s="22"/>
       <c r="H21" s="24"/>
       <c r="I21" s="22"/>
       <c r="J21" s="15">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>241273.55</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="14"/>
       <c r="B22" s="26"/>
       <c r="C22" s="27"/>
       <c r="D22" s="26"/>
       <c r="E22" s="27"/>
       <c r="F22" s="20"/>
       <c r="G22" s="18"/>
       <c r="H22" s="20"/>
       <c r="I22" s="18"/>
       <c r="J22" s="16">
         <f t="shared" ref="J22" si="1">C22+E22+G22+I22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" s="11" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A23" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="22">
         <f>SUM(C10:C21)</f>
-        <v>1903188.4000000001</v>
+        <v>2144461.9500000002</v>
       </c>
       <c r="D23" s="10"/>
       <c r="E23" s="15">
         <f>SUM(E10:E21)</f>
         <v>509547.1</v>
       </c>
       <c r="F23" s="10"/>
       <c r="G23" s="15">
         <f>SUM(G10:G21)</f>
         <v>241273.55</v>
       </c>
       <c r="H23" s="10"/>
       <c r="I23" s="15">
         <f>SUM(I10:I21)</f>
         <v>0</v>
       </c>
       <c r="J23" s="15">
         <f>SUM(J10:J21)</f>
-        <v>2654009.0499999998</v>
+        <v>2895282.5999999996</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>